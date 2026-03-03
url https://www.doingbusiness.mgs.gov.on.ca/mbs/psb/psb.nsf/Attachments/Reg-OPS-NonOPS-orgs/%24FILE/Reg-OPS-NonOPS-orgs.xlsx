--- v0 (2026-01-30)
+++ v1 (2026-03-03)
@@ -4,80 +4,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ontariogov-my.sharepoint.com/personal/alfredo_penola_supplyontario_ca/Documents/Documents/@MyDocuments/@OPS-Non-OPS and Agencies/@Access DB/00 - Buyers - DB/POSTED-RegPFO-OPS-buyerorganizations/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="13_ncr:1_{DEFE314E-3C08-451A-A9EB-BD5A28F1B887}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{881BC4AF-93DE-4F52-9B5B-7713B2195D86}"/>
+  <xr:revisionPtr revIDLastSave="13" documentId="13_ncr:1_{DEFE314E-3C08-451A-A9EB-BD5A28F1B887}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{75524888-10C9-4460-A4CC-6857DFFB74C3}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="565" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-3540" windowWidth="29040" windowHeight="17520" tabRatio="565" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="OPS and Non-OPS Clients" sheetId="6" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2501" uniqueCount="1255">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2503" uniqueCount="1256">
   <si>
     <t>Organization</t>
   </si>
   <si>
     <t>OPS</t>
   </si>
   <si>
     <t>Alcohol and Gaming Commission of Ontario</t>
   </si>
   <si>
     <t>Destination Ontario</t>
   </si>
   <si>
     <t>Ontario Clean Water Agency</t>
   </si>
   <si>
     <t>Ontario Energy Board</t>
   </si>
   <si>
     <t>Ontario Heritage Trust</t>
   </si>
   <si>
     <t>Public Accountants Council</t>
   </si>
   <si>
@@ -419,53 +419,50 @@
   <si>
     <t>Children's Aid Society of the District of Thunder Bay</t>
   </si>
   <si>
     <t>Children's Aid Society of the Districts of Sudbury and Manitoulin</t>
   </si>
   <si>
     <t>Children's Aid Society of Toronto</t>
   </si>
   <si>
     <t>Children's Aid Society of Windsor-Essex</t>
   </si>
   <si>
     <t>Children's Centre Thunder Bay</t>
   </si>
   <si>
     <t>Children's Mental Health Services</t>
   </si>
   <si>
     <t>Children's Treatment Network of Simcoe York</t>
   </si>
   <si>
     <t>Chimo Youth and Family Services Inc</t>
   </si>
   <si>
-    <t>Christian Horizons</t>
-[...1 lines deleted...]
-  <si>
     <t>City of Barrie</t>
   </si>
   <si>
     <t>City of Belleville</t>
   </si>
   <si>
     <t>City of Brampton</t>
   </si>
   <si>
     <t>City of Brantford</t>
   </si>
   <si>
     <t>City of Burlington</t>
   </si>
   <si>
     <t>City of Cambridge</t>
   </si>
   <si>
     <t>City of Clarence-Rockland</t>
   </si>
   <si>
     <t>City of Cornwall</t>
   </si>
   <si>
     <t>City of Dryden</t>
@@ -3788,60 +3785,66 @@
   <si>
     <t>Swim Ontario</t>
   </si>
   <si>
     <t>Travel Industry Council of Ontario</t>
   </si>
   <si>
     <t>Windsor-Essex Catholic District School Board</t>
   </si>
   <si>
     <t>Windsor-Essex Community Health Centre</t>
   </si>
   <si>
     <t>Windsor-Essex County Health Unit</t>
   </si>
   <si>
     <t>YWCA Durham</t>
   </si>
   <si>
     <t>Brockville General Hospital</t>
   </si>
   <si>
     <t>Orillia Soldiers Memorial Hospital</t>
   </si>
   <si>
-    <t>List of registered OPS Clients and Non-OPS Clients, January 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>END</t>
   </si>
   <si>
     <t>Brantwood Residential Development Centre</t>
   </si>
   <si>
     <t>Contact Hamilton for Children's and Developmental Services</t>
+  </si>
+  <si>
+    <t>Ottawa Foyers Partage</t>
+  </si>
+  <si>
+    <t>Karis Disability Services</t>
+  </si>
+  <si>
+    <t>List of registered OPS Clients and Non-OPS Clients, March 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Arial"/>
@@ -4122,52 +4125,52 @@
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{10063C6B-7F23-444A-9A12-1A8935E8D697}" name="Table42" displayName="Table42" ref="A3:B1252" totalsRowShown="0" headerRowDxfId="3">
-  <autoFilter ref="A3:B1252" xr:uid="{32FCD816-7BBA-4413-8153-EBB9209C64F0}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{10063C6B-7F23-444A-9A12-1A8935E8D697}" name="Table42" displayName="Table42" ref="A3:B1253" totalsRowShown="0" headerRowDxfId="3">
+  <autoFilter ref="A3:B1253" xr:uid="{32FCD816-7BBA-4413-8153-EBB9209C64F0}"/>
   <tableColumns count="2">
     <tableColumn id="1" xr3:uid="{6F8A7D60-E3B6-4AAF-8A2B-D52616288468}" name="Organization" dataDxfId="2"/>
     <tableColumn id="2" xr3:uid="{1D6BB0A7-FF45-4DA5-AC24-32354EFEB5ED}" name="Type of Cient" dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -4436,326 +4439,326 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{02D82090-A549-4A40-8209-E0216B8F672B}">
   <sheetPr>
     <tabColor theme="4"/>
   </sheetPr>
-  <dimension ref="A1:B1253"/>
+  <dimension ref="A1:B1255"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A777" workbookViewId="0">
-      <selection activeCell="A783" sqref="A783:XFD783"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A14" sqref="A14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="17.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="86.90625" style="1" customWidth="1"/>
     <col min="2" max="2" width="24.54296875" style="4" customWidth="1"/>
     <col min="3" max="16384" width="8.7265625" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="26.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="16" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="B1" s="17"/>
     </row>
     <row r="2" spans="1:2" ht="27" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A2" s="18" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="B2" s="18"/>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="4" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A5" s="7" t="s">
-        <v>931</v>
+        <v>930</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A6" s="8" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A7" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A8" s="8" t="s">
-        <v>1149</v>
+        <v>1148</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A10" s="8" t="s">
-        <v>961</v>
+        <v>960</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A11" s="8" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A13" s="8" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A14" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A15" s="9" t="s">
-        <v>1221</v>
+        <v>1220</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A16" s="8" t="s">
-        <v>1052</v>
+        <v>1051</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A18" s="8" t="s">
-        <v>1013</v>
+        <v>1012</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A19" s="8" t="s">
-        <v>1150</v>
+        <v>1149</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A20" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A21" s="8" t="s">
-        <v>1222</v>
+        <v>1221</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A22" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A23" s="8" t="s">
-        <v>1223</v>
+        <v>1222</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A24" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A25" s="8" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A26" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A27" s="9" t="s">
-        <v>1151</v>
+        <v>1150</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A28" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A29" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A30" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A31" s="8" t="s">
-        <v>1152</v>
+        <v>1151</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A32" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A33" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A34" s="8" t="s">
-        <v>1058</v>
+        <v>1057</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A35" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A36" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A37" s="8" t="s">
         <v>21</v>
       </c>
@@ -4767,83 +4770,83 @@
       <c r="A38" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A39" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A40" s="8" t="s">
         <v>24</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A41" s="8" t="s">
-        <v>1032</v>
+        <v>1031</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A42" s="8" t="s">
         <v>25</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A43" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A44" s="8" t="s">
         <v>27</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A45" s="8" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A46" s="8" t="s">
         <v>28</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A47" s="8" t="s">
         <v>29</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A48" s="8" t="s">
         <v>30</v>
       </c>
@@ -4911,731 +4914,731 @@
       <c r="A56" s="8" t="s">
         <v>38</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A57" s="8" t="s">
         <v>39</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A58" s="8" t="s">
         <v>40</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A59" s="8" t="s">
-        <v>1153</v>
+        <v>1152</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A60" s="8" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A61" s="7" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A62" s="8" t="s">
         <v>41</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A63" s="8" t="s">
         <v>42</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A64" s="8" t="s">
         <v>43</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A65" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A66" s="8" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A67" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A68" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A69" s="8" t="s">
         <v>47</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A70" s="8" t="s">
-        <v>1001</v>
+        <v>1000</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A71" s="8" t="s">
         <v>48</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A72" s="8" t="s">
         <v>49</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A73" s="8" t="s">
         <v>50</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A74" s="8" t="s">
         <v>51</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A75" s="5" t="s">
-        <v>1253</v>
+        <v>1251</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A76" s="8" t="s">
         <v>52</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A77" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A78" s="8" t="s">
-        <v>1057</v>
+        <v>1056</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A79" s="8" t="s">
-        <v>1249</v>
+        <v>1248</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A80" s="8" t="s">
         <v>54</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A81" s="8" t="s">
         <v>55</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A82" s="8" t="s">
-        <v>1108</v>
+        <v>1107</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A83" s="8" t="s">
-        <v>1116</v>
+        <v>1115</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A84" s="8" t="s">
-        <v>1154</v>
+        <v>1153</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A85" s="8" t="s">
         <v>56</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A86" s="8" t="s">
         <v>57</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A87" s="8" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A88" s="8" t="s">
         <v>58</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A89" s="8" t="s">
-        <v>980</v>
+        <v>979</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A90" s="8" t="s">
         <v>59</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A91" s="8" t="s">
         <v>60</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A92" s="8" t="s">
         <v>61</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A93" s="8" t="s">
-        <v>1155</v>
+        <v>1154</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A94" s="8" t="s">
         <v>62</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A95" s="8" t="s">
         <v>63</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A96" s="9" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A97" s="9" t="s">
-        <v>1113</v>
+        <v>1112</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A98" s="9" t="s">
         <v>64</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A99" s="9" t="s">
         <v>65</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A100" s="9" t="s">
         <v>66</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A101" s="8" t="s">
         <v>67</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A102" s="9" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A103" s="9" t="s">
         <v>68</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A104" s="9" t="s">
         <v>69</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A105" s="9" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A106" s="9" t="s">
         <v>70</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A107" s="9" t="s">
         <v>71</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A108" s="9" t="s">
         <v>72</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A109" s="9" t="s">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A110" s="8" t="s">
         <v>73</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A111" s="8" t="s">
         <v>74</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A112" s="8" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A113" s="8" t="s">
         <v>75</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A114" s="8" t="s">
-        <v>1059</v>
+        <v>1058</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A115" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A116" s="8" t="s">
         <v>77</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A117" s="8" t="s">
-        <v>1025</v>
+        <v>1024</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A118" s="8" t="s">
         <v>78</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A119" s="9" t="s">
         <v>79</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A120" s="9" t="s">
         <v>80</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A121" s="8" t="s">
         <v>81</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A122" s="8" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A123" s="8" t="s">
         <v>82</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A124" s="8" t="s">
         <v>83</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A125" s="8" t="s">
         <v>84</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A126" s="8" t="s">
         <v>85</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A127" s="8" t="s">
-        <v>1225</v>
+        <v>1224</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A128" s="8" t="s">
         <v>86</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A129" s="8" t="s">
         <v>87</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A130" s="8" t="s">
         <v>88</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A131" s="8" t="s">
         <v>89</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A132" s="8" t="s">
         <v>90</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A133" s="8" t="s">
-        <v>1226</v>
+        <v>1225</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A134" s="8" t="s">
         <v>91</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A135" s="8" t="s">
         <v>92</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A136" s="8" t="s">
         <v>93</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A137" s="8" t="s">
-        <v>1227</v>
+        <v>1226</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A138" s="8" t="s">
         <v>94</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A139" s="8" t="s">
         <v>95</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A140" s="8" t="s">
         <v>96</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A141" s="8" t="s">
         <v>97</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A142" s="8" t="s">
-        <v>1159</v>
+        <v>1158</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A143" s="8" t="s">
         <v>98</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A144" s="8" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A145" s="8" t="s">
         <v>99</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A146" s="8" t="s">
         <v>100</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A147" s="8" t="s">
         <v>101</v>
       </c>
@@ -5687,51 +5690,51 @@
       <c r="A153" s="8" t="s">
         <v>107</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A154" s="8" t="s">
         <v>108</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A155" s="8" t="s">
         <v>109</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A156" s="8" t="s">
-        <v>1228</v>
+        <v>1227</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A157" s="8" t="s">
         <v>110</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A158" s="8" t="s">
         <v>111</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A159" s="8" t="s">
         <v>112</v>
       </c>
@@ -5815,147 +5818,147 @@
       <c r="A169" s="8" t="s">
         <v>122</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="170" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A170" s="8" t="s">
         <v>123</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A171" s="8" t="s">
         <v>124</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A172" s="8" t="s">
-        <v>1160</v>
+        <v>1159</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A173" s="8" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="174" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A174" s="8" t="s">
-        <v>1010</v>
+        <v>1009</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A175" s="8" t="s">
         <v>125</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A176" s="8" t="s">
         <v>126</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A177" s="8" t="s">
         <v>127</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A178" s="8" t="s">
-        <v>128</v>
+        <v>1103</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A179" s="8" t="s">
-        <v>1104</v>
+        <v>128</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="180" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A180" s="8" t="s">
         <v>129</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A181" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="182" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A182" s="8" t="s">
         <v>131</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="183" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A183" s="8" t="s">
-        <v>132</v>
+        <v>994</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A184" s="8" t="s">
-        <v>995</v>
+        <v>132</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A185" s="8" t="s">
         <v>133</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="186" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A186" s="8" t="s">
         <v>134</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A187" s="8" t="s">
         <v>135</v>
       </c>
@@ -5991,59 +5994,59 @@
       <c r="A191" s="8" t="s">
         <v>139</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A192" s="8" t="s">
         <v>140</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A193" s="8" t="s">
         <v>141</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A194" s="8" t="s">
-        <v>142</v>
+        <v>1040</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A195" s="8" t="s">
-        <v>1041</v>
+        <v>142</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="196" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A196" s="8" t="s">
         <v>143</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A197" s="8" t="s">
         <v>144</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A198" s="8" t="s">
         <v>145</v>
       </c>
@@ -6103,131 +6106,131 @@
       <c r="A205" s="8" t="s">
         <v>152</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A206" s="8" t="s">
         <v>153</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A207" s="8" t="s">
         <v>154</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="208" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A208" s="8" t="s">
-        <v>155</v>
+        <v>1069</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="209" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A209" s="8" t="s">
-        <v>1070</v>
+        <v>1007</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A210" s="8" t="s">
-        <v>1008</v>
+        <v>155</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="211" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A211" s="8" t="s">
-        <v>156</v>
+        <v>947</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="212" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A212" s="8" t="s">
-        <v>948</v>
+        <v>156</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A213" s="8" t="s">
         <v>157</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="214" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A214" s="8" t="s">
-        <v>158</v>
+        <v>931</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A215" s="8" t="s">
-        <v>932</v>
+        <v>158</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A216" s="8" t="s">
         <v>159</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A217" s="8" t="s">
-        <v>160</v>
+        <v>1228</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="218" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A218" s="8" t="s">
-        <v>1229</v>
+        <v>160</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="219" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A219" s="8" t="s">
         <v>161</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A220" s="8" t="s">
         <v>162</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="221" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A221" s="8" t="s">
         <v>163</v>
       </c>
@@ -6263,171 +6266,171 @@
       <c r="A225" s="8" t="s">
         <v>167</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A226" s="8" t="s">
         <v>168</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A227" s="8" t="s">
         <v>169</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A228" s="8" t="s">
-        <v>170</v>
+        <v>1091</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="229" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A229" s="8" t="s">
-        <v>1092</v>
+        <v>170</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A230" s="8" t="s">
         <v>171</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="231" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A231" s="8" t="s">
         <v>172</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A232" s="8" t="s">
-        <v>173</v>
+        <v>1080</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="233" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A233" s="8" t="s">
-        <v>1081</v>
+        <v>173</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A234" s="8" t="s">
-        <v>174</v>
+        <v>1137</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="235" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A235" s="8" t="s">
-        <v>1138</v>
+        <v>1053</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="236" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A236" s="8" t="s">
-        <v>1054</v>
+        <v>174</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A237" s="8" t="s">
-        <v>175</v>
+        <v>1095</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="238" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A238" s="8" t="s">
-        <v>1096</v>
+        <v>1229</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="239" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A239" s="8" t="s">
-        <v>1230</v>
+        <v>175</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="240" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A240" s="8" t="s">
         <v>176</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="241" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A241" s="8" t="s">
-        <v>177</v>
+      <c r="A241" s="7" t="s">
+        <v>1160</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="242" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A242" s="7" t="s">
-        <v>1161</v>
+      <c r="A242" s="8" t="s">
+        <v>1230</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A243" s="8" t="s">
-        <v>1231</v>
+        <v>177</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="244" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A244" s="8" t="s">
         <v>178</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A245" s="8" t="s">
         <v>179</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="246" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A246" s="8" t="s">
         <v>180</v>
       </c>
@@ -6447,131 +6450,131 @@
       <c r="A248" s="8" t="s">
         <v>182</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="249" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A249" s="8" t="s">
         <v>183</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A250" s="8" t="s">
         <v>184</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="251" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A251" s="8" t="s">
-        <v>185</v>
+        <v>1078</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A252" s="8" t="s">
-        <v>1079</v>
+        <v>1231</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A253" s="8" t="s">
-        <v>1232</v>
+        <v>185</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="254" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A254" s="8" t="s">
         <v>186</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="255" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A255" s="8" t="s">
         <v>187</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="256" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A256" s="8" t="s">
-        <v>188</v>
+        <v>1232</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="257" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A257" s="8" t="s">
-        <v>1233</v>
+        <v>1041</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="258" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A258" s="8" t="s">
-        <v>1042</v>
+        <v>1233</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="259" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A259" s="8" t="s">
-        <v>1234</v>
+        <v>188</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A260" s="8" t="s">
-        <v>189</v>
+        <v>1028</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="261" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A261" s="8" t="s">
-        <v>1029</v>
+        <v>189</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="262" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A262" s="8" t="s">
         <v>190</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="263" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A263" s="8" t="s">
         <v>191</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="264" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A264" s="8" t="s">
         <v>192</v>
       </c>
@@ -6607,67 +6610,67 @@
       <c r="A268" s="8" t="s">
         <v>196</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="269" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A269" s="8" t="s">
         <v>197</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="270" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A270" s="8" t="s">
         <v>198</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="271" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A271" s="8" t="s">
-        <v>199</v>
+        <v>1122</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="272" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A272" s="8" t="s">
-        <v>1123</v>
+        <v>1002</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="273" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A273" s="8" t="s">
-        <v>1003</v>
+        <v>199</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="274" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A274" s="8" t="s">
         <v>200</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="275" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A275" s="8" t="s">
         <v>201</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="276" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A276" s="8" t="s">
         <v>202</v>
       </c>
@@ -6679,163 +6682,163 @@
       <c r="A277" s="8" t="s">
         <v>203</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="278" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A278" s="8" t="s">
         <v>204</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="279" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A279" s="8" t="s">
         <v>205</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="280" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A280" s="8" t="s">
-        <v>206</v>
+        <v>1234</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="281" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A281" s="8" t="s">
-        <v>1235</v>
+        <v>206</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="282" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A282" s="8" t="s">
-        <v>207</v>
+        <v>1161</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="283" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A283" s="8" t="s">
-        <v>1162</v>
+        <v>207</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="284" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A284" s="8" t="s">
         <v>208</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="285" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A285" s="8" t="s">
         <v>209</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="286" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A286" s="8" t="s">
-        <v>210</v>
+        <v>948</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="287" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A287" s="8" t="s">
-        <v>949</v>
+        <v>932</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="288" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A288" s="8" t="s">
-        <v>933</v>
+        <v>210</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="289" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A289" s="8" t="s">
-        <v>211</v>
+        <v>1075</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="290" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A290" s="8" t="s">
-        <v>1076</v>
+        <v>1162</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="291" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A291" s="8" t="s">
-        <v>1163</v>
+        <v>211</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="292" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A292" s="8" t="s">
         <v>212</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="293" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A293" s="8" t="s">
+      <c r="A293" s="7" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B293" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="294" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A294" s="8" t="s">
         <v>213</v>
-      </c>
-[...6 lines deleted...]
-        <v>1212</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="295" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A295" s="8" t="s">
         <v>214</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="296" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A296" s="8" t="s">
         <v>215</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="297" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A297" s="8" t="s">
         <v>216</v>
       </c>
@@ -6886,132 +6889,132 @@
     <row r="303" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A303" s="8" t="s">
         <v>222</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="304" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A304" s="8" t="s">
         <v>223</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="305" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A305" s="8" t="s">
         <v>224</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="306" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A306" s="8" t="s">
+      <c r="A306" s="9" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B306" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="307" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A307" s="8" t="s">
         <v>225</v>
       </c>
-      <c r="B306" s="3" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="B307" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="308" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A308" s="8" t="s">
+      <c r="A308" s="5" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B308" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="309" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A309" s="8" t="s">
         <v>226</v>
-      </c>
-[...6 lines deleted...]
-        <v>1254</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="310" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A310" s="8" t="s">
-        <v>227</v>
+        <v>1163</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="311" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A311" s="8" t="s">
-        <v>1164</v>
+        <v>227</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="312" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A312" s="8" t="s">
         <v>228</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="313" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A313" s="8" t="s">
         <v>229</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="314" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A314" s="8" t="s">
         <v>230</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="315" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A315" s="8" t="s">
-        <v>231</v>
+        <v>1164</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="316" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A316" s="8" t="s">
-        <v>1165</v>
+        <v>231</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="317" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A317" s="8" t="s">
         <v>232</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="318" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A318" s="8" t="s">
         <v>233</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="319" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A319" s="8" t="s">
         <v>234</v>
       </c>
@@ -7023,59 +7026,59 @@
       <c r="A320" s="8" t="s">
         <v>235</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="321" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A321" s="8" t="s">
         <v>236</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="322" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A322" s="8" t="s">
         <v>237</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="323" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A323" s="8" t="s">
-        <v>238</v>
+        <v>1165</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="324" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A324" s="8" t="s">
-        <v>1166</v>
+        <v>238</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="325" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A325" s="8" t="s">
         <v>239</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="326" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A326" s="8" t="s">
         <v>240</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="327" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A327" s="8" t="s">
         <v>241</v>
       </c>
@@ -7175,235 +7178,235 @@
       <c r="A339" s="8" t="s">
         <v>253</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="340" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A340" s="8" t="s">
         <v>254</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="341" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A341" s="8" t="s">
         <v>255</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="342" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A342" s="8" t="s">
-        <v>256</v>
+        <v>1001</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="343" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A343" s="8" t="s">
-        <v>1002</v>
+        <v>256</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="344" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A344" s="8" t="s">
         <v>257</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="345" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A345" s="8" t="s">
         <v>258</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="346" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A346" s="8" t="s">
         <v>259</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="347" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A347" s="8" t="s">
+      <c r="A347" s="9" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B347" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="348" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A348" s="8" t="s">
         <v>260</v>
-      </c>
-[...6 lines deleted...]
-        <v>1167</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="349" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A349" s="8" t="s">
-        <v>261</v>
+        <v>1005</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="350" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A350" s="8" t="s">
-        <v>1006</v>
+        <v>261</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="351" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A351" s="8" t="s">
         <v>262</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="352" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A352" s="8" t="s">
-        <v>263</v>
+        <v>1094</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="353" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A353" s="8" t="s">
-        <v>1095</v>
+        <v>3</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="354" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A354" s="8" t="s">
-        <v>3</v>
+        <v>263</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="355" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A355" s="8" t="s">
-        <v>264</v>
+        <v>933</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="356" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A356" s="8" t="s">
-        <v>934</v>
+        <v>1064</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="357" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A357" s="8" t="s">
-        <v>1065</v>
+        <v>1089</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="358" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A358" s="8" t="s">
-        <v>1090</v>
+        <v>264</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="359" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A359" s="8" t="s">
         <v>265</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="360" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A360" s="8" t="s">
         <v>266</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="361" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A361" s="8" t="s">
         <v>267</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="362" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A362" s="8" t="s">
         <v>268</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="363" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A363" s="8" t="s">
         <v>269</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="364" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A364" s="8" t="s">
+      <c r="A364" s="9" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B364" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="365" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A365" s="8" t="s">
         <v>270</v>
-      </c>
-[...6 lines deleted...]
-        <v>1084</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="366" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A366" s="8" t="s">
         <v>271</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="367" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A367" s="8" t="s">
         <v>272</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="368" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A368" s="8" t="s">
         <v>273</v>
       </c>
@@ -7423,499 +7426,499 @@
       <c r="A370" s="8" t="s">
         <v>275</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="371" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A371" s="8" t="s">
         <v>276</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="372" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A372" s="8" t="s">
         <v>277</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="373" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A373" s="8" t="s">
-        <v>278</v>
+        <v>1167</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="374" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A374" s="8" t="s">
-        <v>1168</v>
+        <v>278</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="375" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A375" s="8" t="s">
         <v>279</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="376" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A376" s="8" t="s">
-        <v>280</v>
+        <v>1168</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="377" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A377" s="8" t="s">
         <v>1169</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="378" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A378" s="8" t="s">
-        <v>1170</v>
+        <v>280</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="379" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A379" s="8" t="s">
-        <v>281</v>
+        <v>1061</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="380" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A380" s="8" t="s">
-        <v>1062</v>
+        <v>281</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="381" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A381" s="8" t="s">
         <v>282</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="382" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A382" s="8" t="s">
-        <v>283</v>
+        <v>961</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="383" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A383" s="8" t="s">
-        <v>962</v>
+        <v>1116</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="384" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A384" s="8" t="s">
-        <v>1117</v>
+        <v>283</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="385" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A385" s="8" t="s">
         <v>284</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="386" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A386" s="8" t="s">
         <v>285</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="387" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A387" s="8" t="s">
         <v>286</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="388" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A388" s="8" t="s">
         <v>287</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="389" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A389" s="8" t="s">
         <v>288</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="390" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A390" s="8" t="s">
-        <v>289</v>
+        <v>1235</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="391" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A391" s="8" t="s">
-        <v>1236</v>
+        <v>289</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="392" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A392" s="8" t="s">
         <v>290</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="393" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A393" s="8" t="s">
         <v>291</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="394" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A394" s="8" t="s">
         <v>292</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="395" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A395" s="8" t="s">
         <v>293</v>
       </c>
       <c r="B395" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="396" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A396" s="8" t="s">
-        <v>294</v>
+        <v>1170</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="397" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A397" s="8" t="s">
-        <v>1171</v>
+        <v>294</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="398" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A398" s="8" t="s">
-        <v>295</v>
+        <v>949</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="399" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A399" s="8" t="s">
-        <v>950</v>
+        <v>295</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="400" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A400" s="8" t="s">
         <v>296</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="401" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A401" s="8" t="s">
         <v>297</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="402" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A402" s="8" t="s">
         <v>298</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="403" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A403" s="8" t="s">
         <v>299</v>
       </c>
       <c r="B403" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="404" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A404" s="8" t="s">
-        <v>300</v>
+        <v>1008</v>
       </c>
       <c r="B404" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="405" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A405" s="8" t="s">
-        <v>1009</v>
+        <v>300</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="406" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A406" s="8" t="s">
-        <v>301</v>
+        <v>1171</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="407" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A407" s="8" t="s">
-        <v>1172</v>
+        <v>301</v>
       </c>
       <c r="B407" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="408" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A408" s="8" t="s">
-        <v>302</v>
+        <v>976</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="409" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A409" s="8" t="s">
-        <v>977</v>
+        <v>302</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="410" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A410" s="8" t="s">
-        <v>303</v>
+        <v>1129</v>
       </c>
       <c r="B410" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="411" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A411" s="8" t="s">
-        <v>1130</v>
+        <v>303</v>
       </c>
       <c r="B411" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="412" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A412" s="8" t="s">
-        <v>304</v>
+        <v>1236</v>
       </c>
       <c r="B412" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="413" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A413" s="8" t="s">
-        <v>1237</v>
+        <v>304</v>
       </c>
       <c r="B413" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="414" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A414" s="8" t="s">
         <v>305</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="415" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A415" s="8" t="s">
         <v>306</v>
       </c>
       <c r="B415" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="416" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A416" s="8" t="s">
         <v>307</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="417" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A417" s="8" t="s">
         <v>308</v>
       </c>
       <c r="B417" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="418" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A418" s="8" t="s">
         <v>309</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="419" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A419" s="8" t="s">
-        <v>310</v>
+        <v>964</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="420" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A420" s="8" t="s">
-        <v>965</v>
+        <v>1125</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="421" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A421" s="8" t="s">
-        <v>1126</v>
+        <v>310</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="422" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A422" s="8" t="s">
         <v>311</v>
       </c>
       <c r="B422" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="423" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A423" s="8" t="s">
         <v>312</v>
       </c>
       <c r="B423" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="424" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A424" s="8" t="s">
         <v>313</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="425" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A425" s="8" t="s">
-        <v>314</v>
+        <v>950</v>
       </c>
       <c r="B425" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="426" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A426" s="8" t="s">
-        <v>951</v>
+        <v>314</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="427" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A427" s="8" t="s">
-        <v>315</v>
+        <v>1071</v>
       </c>
       <c r="B427" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="428" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A428" s="8" t="s">
-        <v>1072</v>
+        <v>1172</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="429" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A429" s="8" t="s">
-        <v>1173</v>
+        <v>315</v>
       </c>
       <c r="B429" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="430" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A430" s="8" t="s">
         <v>316</v>
       </c>
       <c r="B430" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="431" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A431" s="8" t="s">
         <v>317</v>
       </c>
       <c r="B431" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="432" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A432" s="8" t="s">
         <v>318</v>
       </c>
@@ -8071,59 +8074,59 @@
       <c r="A451" s="8" t="s">
         <v>337</v>
       </c>
       <c r="B451" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="452" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A452" s="8" t="s">
         <v>338</v>
       </c>
       <c r="B452" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="453" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A453" s="8" t="s">
         <v>339</v>
       </c>
       <c r="B453" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="454" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A454" s="8" t="s">
-        <v>340</v>
+        <v>1065</v>
       </c>
       <c r="B454" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="455" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A455" s="8" t="s">
-        <v>1066</v>
+        <v>340</v>
       </c>
       <c r="B455" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="456" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A456" s="8" t="s">
         <v>341</v>
       </c>
       <c r="B456" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="457" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A457" s="8" t="s">
         <v>342</v>
       </c>
       <c r="B457" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="458" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A458" s="8" t="s">
         <v>343</v>
       </c>
@@ -8135,443 +8138,443 @@
       <c r="A459" s="8" t="s">
         <v>344</v>
       </c>
       <c r="B459" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="460" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A460" s="8" t="s">
         <v>345</v>
       </c>
       <c r="B460" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="461" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A461" s="8" t="s">
         <v>346</v>
       </c>
       <c r="B461" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="462" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A462" s="8" t="s">
-        <v>347</v>
+        <v>1127</v>
       </c>
       <c r="B462" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="463" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A463" s="8" t="s">
-        <v>1128</v>
+        <v>347</v>
       </c>
       <c r="B463" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="464" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A464" s="8" t="s">
         <v>348</v>
       </c>
       <c r="B464" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="465" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A465" s="8" t="s">
-        <v>349</v>
+      <c r="A465" s="9" t="s">
+        <v>1059</v>
       </c>
       <c r="B465" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="466" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A466" s="9" t="s">
-        <v>1060</v>
+      <c r="A466" s="8" t="s">
+        <v>1145</v>
       </c>
       <c r="B466" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="467" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A467" s="8" t="s">
-        <v>1146</v>
+        <v>349</v>
       </c>
       <c r="B467" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="468" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A468" s="8" t="s">
         <v>350</v>
       </c>
       <c r="B468" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="469" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A469" s="8" t="s">
-        <v>351</v>
+        <v>1130</v>
       </c>
       <c r="B469" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="470" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A470" s="8" t="s">
-        <v>1131</v>
+        <v>1173</v>
       </c>
       <c r="B470" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="471" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A471" s="8" t="s">
-        <v>1174</v>
+        <v>351</v>
       </c>
       <c r="B471" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="472" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A472" s="8" t="s">
         <v>352</v>
       </c>
       <c r="B472" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="473" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A473" s="8" t="s">
-        <v>353</v>
+        <v>945</v>
       </c>
       <c r="B473" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="474" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A474" s="8" t="s">
-        <v>946</v>
+        <v>1034</v>
       </c>
       <c r="B474" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="475" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A475" s="8" t="s">
-        <v>1035</v>
+        <v>353</v>
       </c>
       <c r="B475" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="476" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A476" s="8" t="s">
         <v>354</v>
       </c>
       <c r="B476" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="477" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A477" s="8" t="s">
         <v>355</v>
       </c>
       <c r="B477" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="478" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A478" s="8" t="s">
         <v>356</v>
       </c>
       <c r="B478" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="479" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A479" s="8" t="s">
         <v>357</v>
       </c>
       <c r="B479" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="480" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A480" s="8" t="s">
-        <v>358</v>
+        <v>1004</v>
       </c>
       <c r="B480" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="481" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A481" s="8" t="s">
-        <v>1005</v>
+        <v>358</v>
       </c>
       <c r="B481" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="482" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A482" s="8" t="s">
-        <v>359</v>
+        <v>1237</v>
       </c>
       <c r="B482" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="483" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A483" s="8" t="s">
-        <v>1238</v>
+        <v>359</v>
       </c>
       <c r="B483" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="484" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A484" s="8" t="s">
         <v>360</v>
       </c>
       <c r="B484" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="485" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A485" s="8" t="s">
-        <v>361</v>
+        <v>1146</v>
       </c>
       <c r="B485" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="486" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A486" s="8" t="s">
-        <v>1147</v>
+        <v>1066</v>
       </c>
       <c r="B486" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="487" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A487" s="8" t="s">
-        <v>1067</v>
+        <v>361</v>
       </c>
       <c r="B487" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="488" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A488" s="8" t="s">
-        <v>362</v>
+        <v>1174</v>
       </c>
       <c r="B488" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="489" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A489" s="8" t="s">
-        <v>1175</v>
+        <v>362</v>
       </c>
       <c r="B489" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="490" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A490" s="8" t="s">
-        <v>363</v>
+        <v>934</v>
       </c>
       <c r="B490" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="491" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A491" s="8" t="s">
         <v>935</v>
       </c>
       <c r="B491" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="492" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A492" s="8" t="s">
-        <v>936</v>
+        <v>1044</v>
       </c>
       <c r="B492" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="493" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A493" s="8" t="s">
-        <v>1045</v>
+        <v>1213</v>
       </c>
       <c r="B493" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="494" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A494" s="8" t="s">
-        <v>1214</v>
+        <v>363</v>
       </c>
       <c r="B494" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="495" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A495" s="8" t="s">
-        <v>364</v>
+        <v>1134</v>
       </c>
       <c r="B495" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="496" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A496" s="8" t="s">
-        <v>1135</v>
+        <v>364</v>
       </c>
       <c r="B496" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="497" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A497" s="8" t="s">
         <v>365</v>
       </c>
       <c r="B497" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="498" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A498" s="8" t="s">
-        <v>366</v>
+        <v>1133</v>
       </c>
       <c r="B498" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="499" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A499" s="8" t="s">
-        <v>1134</v>
+        <v>1175</v>
       </c>
       <c r="B499" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="500" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A500" s="8" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B500" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="501" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A501" s="9" t="s">
         <v>1176</v>
       </c>
-      <c r="B500" s="3" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="B501" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="502" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A502" s="9" t="s">
-        <v>1177</v>
+      <c r="A502" s="8" t="s">
+        <v>366</v>
       </c>
       <c r="B502" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="503" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A503" s="8" t="s">
         <v>367</v>
       </c>
       <c r="B503" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="504" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A504" s="8" t="s">
         <v>368</v>
       </c>
       <c r="B504" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="505" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A505" s="8" t="s">
         <v>369</v>
       </c>
       <c r="B505" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="506" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A506" s="8" t="s">
         <v>370</v>
       </c>
       <c r="B506" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="507" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A507" s="8" t="s">
         <v>371</v>
       </c>
       <c r="B507" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="508" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A508" s="8" t="s">
-        <v>372</v>
+        <v>1087</v>
       </c>
       <c r="B508" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="509" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A509" s="8" t="s">
-        <v>1088</v>
+        <v>1177</v>
       </c>
       <c r="B509" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="510" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A510" s="8" t="s">
-        <v>1178</v>
+        <v>962</v>
       </c>
       <c r="B510" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="511" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A511" s="8" t="s">
-        <v>963</v>
+        <v>372</v>
       </c>
       <c r="B511" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="512" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A512" s="8" t="s">
         <v>373</v>
       </c>
       <c r="B512" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="513" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A513" s="8" t="s">
         <v>374</v>
       </c>
       <c r="B513" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="514" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A514" s="8" t="s">
         <v>375</v>
       </c>
@@ -8583,5969 +8586,5978 @@
       <c r="A515" s="8" t="s">
         <v>376</v>
       </c>
       <c r="B515" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="516" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A516" s="8" t="s">
         <v>377</v>
       </c>
       <c r="B516" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="517" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A517" s="8" t="s">
         <v>378</v>
       </c>
       <c r="B517" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="518" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A518" s="8" t="s">
-        <v>379</v>
+        <v>1077</v>
       </c>
       <c r="B518" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="519" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A519" s="8" t="s">
-        <v>1078</v>
+        <v>1104</v>
       </c>
       <c r="B519" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="520" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A520" s="8" t="s">
-        <v>1105</v>
+        <v>379</v>
       </c>
       <c r="B520" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="521" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A521" s="8" t="s">
         <v>380</v>
       </c>
       <c r="B521" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="522" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A522" s="8" t="s">
         <v>381</v>
       </c>
       <c r="B522" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="523" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A523" s="8" t="s">
         <v>382</v>
       </c>
       <c r="B523" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="524" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A524" s="8" t="s">
         <v>383</v>
       </c>
       <c r="B524" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="525" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A525" s="8" t="s">
-        <v>384</v>
+        <v>970</v>
       </c>
       <c r="B525" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="526" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A526" s="8" t="s">
-        <v>971</v>
+        <v>384</v>
       </c>
       <c r="B526" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="527" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A527" s="8" t="s">
-        <v>385</v>
+      <c r="A527" s="5" t="s">
+        <v>1254</v>
       </c>
       <c r="B527" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="528" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A528" s="8" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B528" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="529" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A529" s="8" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="B529" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="530" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A530" s="8" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="B530" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="531" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A531" s="8" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="B531" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="532" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A532" s="8" t="s">
-        <v>978</v>
+        <v>977</v>
       </c>
       <c r="B532" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="533" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A533" s="8" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="B533" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="534" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A534" s="8" t="s">
-        <v>1239</v>
+        <v>1238</v>
       </c>
       <c r="B534" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="535" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A535" s="8" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B535" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="536" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A536" s="8" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="B536" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="537" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A537" s="8" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="B537" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="538" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A538" s="8" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="B538" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="539" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A539" s="8" t="s">
-        <v>987</v>
+        <v>986</v>
       </c>
       <c r="B539" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="540" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A540" s="8" t="s">
-        <v>1012</v>
+        <v>1011</v>
       </c>
       <c r="B540" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="541" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A541" s="8" t="s">
-        <v>988</v>
+        <v>987</v>
       </c>
       <c r="B541" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="542" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A542" s="8" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="B542" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="543" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A543" s="8" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="B543" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="544" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A544" s="8" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="B544" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="545" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A545" s="8" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="B545" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="546" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A546" s="8" t="s">
-        <v>1218</v>
+        <v>1217</v>
       </c>
       <c r="B546" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="547" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A547" s="8" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="B547" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="548" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A548" s="8" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="B548" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="549" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A549" s="8" t="s">
-        <v>1219</v>
+        <v>1218</v>
       </c>
       <c r="B549" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="550" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A550" s="8" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="B550" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="551" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A551" s="8" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="B551" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="552" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A552" s="8" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="B552" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="553" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A553" s="8" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="B553" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="554" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A554" s="8" t="s">
-        <v>1179</v>
+        <v>1178</v>
       </c>
       <c r="B554" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="555" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A555" s="8" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="B555" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="556" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A556" s="8" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="B556" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="557" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A557" s="8" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B557" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="558" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A558" s="8" t="s">
-        <v>1144</v>
+        <v>1143</v>
       </c>
       <c r="B558" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="559" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A559" s="8" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="B559" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="560" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A560" s="8" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="B560" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="561" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A561" s="8" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="B561" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="562" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A562" s="8" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="B562" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="563" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A563" s="8" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="B563" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="564" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A564" s="8" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="B564" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="565" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A565" s="8" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="B565" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="566" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A566" s="8" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="B566" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="567" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A567" s="8" t="s">
-        <v>1122</v>
+        <v>1121</v>
       </c>
       <c r="B567" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="568" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A568" s="8" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="B568" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="569" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A569" s="8" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="B569" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="570" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A570" s="8" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B570" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="571" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A571" s="8" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B571" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="572" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A572" s="8" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="B572" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="573" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A573" s="8" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="B573" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="574" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A574" s="8" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="B574" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="575" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A575" s="8" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="B575" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="576" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A576" s="8" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="B576" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="577" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A577" s="8" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B577" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="578" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A578" s="8" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="B578" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="579" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A579" s="8" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B579" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="580" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A580" s="8" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B580" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="581" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A581" s="8" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="B581" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="582" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A582" s="8" t="s">
-        <v>996</v>
+        <v>995</v>
       </c>
       <c r="B582" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="583" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A583" s="8" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="B583" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="584" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A584" s="8" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="B584" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="585" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A585" s="8" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="B585" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="586" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A586" s="8" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="B586" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="587" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A587" s="8" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="B587" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="588" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A588" s="8" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="B588" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="589" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A589" s="8" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="B589" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="590" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A590" s="8" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="B590" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="591" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A591" s="8" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="B591" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="592" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A592" s="8" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="B592" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="593" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A593" s="8" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="B593" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="594" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A594" s="8" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="B594" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="595" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A595" s="8" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="B595" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="596" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A596" s="8" t="s">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="B596" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="597" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A597" s="8" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="B597" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="598" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A598" s="8" t="s">
-        <v>939</v>
+        <v>938</v>
       </c>
       <c r="B598" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="599" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A599" s="8" t="s">
-        <v>1182</v>
+        <v>1181</v>
       </c>
       <c r="B599" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="600" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A600" s="8" t="s">
-        <v>1004</v>
+        <v>1003</v>
       </c>
       <c r="B600" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="601" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A601" s="8" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="B601" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="602" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A602" s="8" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B602" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="603" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A603" s="8" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="B603" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="604" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A604" s="8" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="B604" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="605" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A605" s="8" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="B605" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="606" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A606" s="8" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="B606" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="607" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A607" s="8" t="s">
-        <v>1183</v>
+        <v>1182</v>
       </c>
       <c r="B607" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="608" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A608" s="8" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="B608" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="609" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A609" s="8" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="B609" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="610" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A610" s="8" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="B610" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="611" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A611" s="8" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="B611" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="612" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A612" s="8" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="B612" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="613" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A613" s="8" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B613" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="614" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A614" s="8" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="B614" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="615" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A615" s="8" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="B615" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="616" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A616" s="8" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="B616" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="617" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A617" s="8" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="B617" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="618" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A618" s="8" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="B618" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="619" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A619" s="8" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="B619" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="620" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A620" s="8" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="B620" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="621" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A621" s="8" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="B621" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="622" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A622" s="8" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B622" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="623" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A623" s="8" t="s">
-        <v>1184</v>
+        <v>1183</v>
       </c>
       <c r="B623" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="624" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A624" s="8" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="B624" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="625" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A625" s="8" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="B625" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="626" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A626" s="8" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="B626" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="627" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A627" s="8" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="B627" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="628" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A628" s="8" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B628" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="629" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A629" s="8" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="B629" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="630" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A630" s="8" t="s">
-        <v>1056</v>
+        <v>1055</v>
       </c>
       <c r="B630" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="631" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A631" s="8" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="B631" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="632" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A632" s="10" t="s">
-        <v>1220</v>
+        <v>1219</v>
       </c>
       <c r="B632" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="633" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A633" s="8" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="B633" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="634" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A634" s="8" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="B634" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="635" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A635" s="8" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="B635" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="636" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A636" s="8" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="B636" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="637" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A637" s="8" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B637" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="638" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A638" s="8" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B638" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="639" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A639" s="8" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="B639" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="640" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A640" s="8" t="s">
-        <v>1026</v>
+        <v>1025</v>
       </c>
       <c r="B640" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="641" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A641" s="8" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="B641" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="642" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A642" s="8" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="B642" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="643" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A643" s="8" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="B643" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="644" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A644" s="8" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="B644" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="645" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A645" s="8" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="B645" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="646" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A646" s="8" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="B646" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="647" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A647" s="8" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="B647" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="648" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A648" s="8" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="B648" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="649" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A649" s="8" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="B649" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="650" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A650" s="8" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="B650" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="651" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A651" s="8" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="B651" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="652" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A652" s="8" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B652" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="653" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A653" s="8" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B653" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="654" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A654" s="8" t="s">
-        <v>940</v>
+        <v>939</v>
       </c>
       <c r="B654" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="655" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A655" s="8" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="B655" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="656" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A656" s="8" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="B656" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="657" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A657" s="8" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="B657" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="658" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A658" s="8" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B658" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="659" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A659" s="8" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="B659" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="660" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A660" s="8" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="B660" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="661" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A661" s="8" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="B661" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="662" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A662" s="8" t="s">
-        <v>941</v>
+        <v>940</v>
       </c>
       <c r="B662" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="663" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A663" s="8" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
       <c r="B663" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="664" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A664" s="8" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="B664" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="665" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A665" s="8" t="s">
-        <v>1143</v>
+        <v>1142</v>
       </c>
       <c r="B665" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="666" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A666" s="8" t="s">
-        <v>1109</v>
+        <v>1108</v>
       </c>
       <c r="B666" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="667" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A667" s="8" t="s">
-        <v>982</v>
+        <v>981</v>
       </c>
       <c r="B667" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="668" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A668" s="8" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="B668" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="669" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A669" s="8" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="B669" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="670" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A670" s="8" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="B670" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="671" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A671" s="8" t="s">
-        <v>1040</v>
+        <v>1039</v>
       </c>
       <c r="B671" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="672" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A672" s="8" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="B672" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="673" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A673" s="8" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="B673" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="674" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A674" s="8" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="B674" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="675" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A675" s="8" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="B675" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="676" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A676" s="8" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="B676" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="677" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A677" s="8" t="s">
-        <v>1097</v>
+        <v>1096</v>
       </c>
       <c r="B677" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="678" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A678" s="8" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="B678" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="679" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A679" s="8" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="B679" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="680" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A680" s="8" t="s">
-        <v>1186</v>
+        <v>1185</v>
       </c>
       <c r="B680" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="681" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A681" s="8" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="B681" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="682" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A682" s="8" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="B682" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="683" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A683" s="8" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="B683" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="684" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A684" s="8" t="s">
-        <v>1187</v>
+        <v>1186</v>
       </c>
       <c r="B684" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="685" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A685" s="8" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="B685" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="686" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A686" s="8" t="s">
-        <v>1024</v>
+        <v>1023</v>
       </c>
       <c r="B686" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="687" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A687" s="8" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="B687" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="688" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A688" s="8" t="s">
-        <v>1015</v>
+        <v>1014</v>
       </c>
       <c r="B688" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="689" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A689" s="8" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="B689" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="690" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A690" s="8" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="B690" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="691" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A691" s="8" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="B691" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="692" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A692" s="8" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="B692" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="693" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A693" s="8" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="B693" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="694" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A694" s="8" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="B694" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="695" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A695" s="8" t="s">
-        <v>1118</v>
+        <v>1117</v>
       </c>
       <c r="B695" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="696" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A696" s="8" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="B696" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="697" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A697" s="8" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="B697" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="698" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A698" s="8" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="B698" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="699" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A699" s="8" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B699" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="700" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A700" s="8" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B700" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="701" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A701" s="8" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="B701" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="702" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A702" s="8" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="B702" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="703" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A703" s="8" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="B703" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="704" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A704" s="8" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="B704" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="705" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A705" s="8" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="B705" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="706" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A706" s="8" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="B706" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="707" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A707" s="8" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="B707" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="708" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A708" s="8" t="s">
-        <v>1188</v>
+        <v>1187</v>
       </c>
       <c r="B708" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="709" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A709" s="8" t="s">
-        <v>1080</v>
+        <v>1079</v>
       </c>
       <c r="B709" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="710" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A710" s="8" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="B710" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="711" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A711" s="8" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="B711" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="712" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A712" s="8" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="B712" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="713" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A713" s="8" t="s">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="B713" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="714" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A714" s="8" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="B714" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="715" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A715" s="8" t="s">
-        <v>1189</v>
+        <v>1188</v>
       </c>
       <c r="B715" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="716" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A716" s="8" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="B716" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="717" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A717" s="8" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="B717" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="718" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A718" s="8" t="s">
-        <v>1007</v>
+        <v>1006</v>
       </c>
       <c r="B718" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="719" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A719" s="8" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="B719" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="720" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A720" s="8" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="B720" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="721" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A721" s="8" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="B721" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="722" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A722" s="8" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="B722" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="723" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A723" s="8" t="s">
-        <v>1145</v>
+        <v>1144</v>
       </c>
       <c r="B723" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="724" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A724" s="8" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="B724" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="725" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A725" s="8" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="B725" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="726" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A726" s="8" t="s">
-        <v>1190</v>
+        <v>1189</v>
       </c>
       <c r="B726" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="727" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A727" s="8" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="B727" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="728" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A728" s="8" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="B728" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="729" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A729" s="8" t="s">
-        <v>1028</v>
+        <v>1027</v>
       </c>
       <c r="B729" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="730" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A730" s="8" t="s">
-        <v>1023</v>
+        <v>1022</v>
       </c>
       <c r="B730" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="731" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A731" s="8" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="B731" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="732" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A732" s="8" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="B732" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="733" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A733" s="8" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="B733" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="734" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A734" s="8" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="B734" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="735" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A735" s="8" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="B735" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="736" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A736" s="8" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="B736" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="737" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A737" s="8" t="s">
-        <v>1068</v>
+        <v>1067</v>
       </c>
       <c r="B737" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="738" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A738" s="8" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="B738" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="739" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A739" s="8" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="B739" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="740" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A740" s="9" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="B740" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="741" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A741" s="8" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="B741" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="742" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A742" s="8" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="B742" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="743" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A743" s="8" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="B743" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="744" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A744" s="8" t="s">
-        <v>952</v>
+        <v>951</v>
       </c>
       <c r="B744" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="745" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A745" s="8" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="B745" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="746" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A746" s="8" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="B746" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="747" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A747" s="8" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="B747" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="748" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A748" s="8" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
       <c r="B748" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="749" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A749" s="8" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="B749" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="750" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A750" s="8" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="B750" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="751" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A751" s="8" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="B751" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="752" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A752" s="8" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="B752" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="753" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A753" s="8" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="B753" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="754" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A754" s="8" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="B754" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="755" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A755" s="8" t="s">
-        <v>1215</v>
+        <v>1214</v>
       </c>
       <c r="B755" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="756" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A756" s="8" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="B756" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="757" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A757" s="8" t="s">
-        <v>1241</v>
+        <v>1240</v>
       </c>
       <c r="B757" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="758" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A758" s="8" t="s">
-        <v>1191</v>
+        <v>1190</v>
       </c>
       <c r="B758" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="759" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A759" s="8" t="s">
-        <v>1050</v>
+        <v>1049</v>
       </c>
       <c r="B759" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="760" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A760" s="8" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="B760" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="761" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A761" s="8" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="B761" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="762" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A762" s="8" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="B762" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="763" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A763" s="8" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="B763" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="764" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A764" s="8" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="B764" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="765" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A765" s="8" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="B765" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="766" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A766" s="8" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="B766" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="767" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A767" s="8" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="B767" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="768" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A768" s="8" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
       <c r="B768" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="769" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A769" s="8" t="s">
-        <v>1193</v>
+        <v>1192</v>
       </c>
       <c r="B769" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="770" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A770" s="8" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="B770" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="771" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A771" s="8" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="B771" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="772" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A772" s="8" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="B772" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="773" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A773" s="8" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="B773" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="774" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A774" s="9" t="s">
-        <v>1250</v>
+        <v>1249</v>
       </c>
       <c r="B774" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="775" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A775" s="8" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="B775" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="776" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A776" s="8" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="B776" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="777" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A777" s="8" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="B777" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="778" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A778" s="8" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="B778" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="779" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A779" s="8" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="B779" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="780" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A780" s="8" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="B780" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="781" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A781" s="8" t="s">
-        <v>1194</v>
+        <v>1193</v>
       </c>
       <c r="B781" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="782" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A782" s="8" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="B782" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="783" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A783" s="8" t="s">
-        <v>577</v>
+      <c r="A783" s="5" t="s">
+        <v>1253</v>
       </c>
       <c r="B783" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="784" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A784" s="8" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="B784" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="785" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A785" s="8" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="B785" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="786" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A786" s="8" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="B786" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="787" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A787" s="8" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="B787" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="788" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A788" s="8" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="B788" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="789" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A789" s="8" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B789" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="790" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A790" s="8" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="B790" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="791" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A791" s="8" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="B791" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="792" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A792" s="8" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="B792" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="793" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A793" s="8" t="s">
-        <v>1216</v>
+        <v>585</v>
       </c>
       <c r="B793" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="794" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A794" s="8" t="s">
-        <v>587</v>
+        <v>1215</v>
       </c>
       <c r="B794" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="795" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A795" s="8" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="B795" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="796" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A796" s="8" t="s">
-        <v>991</v>
+        <v>587</v>
       </c>
       <c r="B796" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="797" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A797" s="8" t="s">
-        <v>1242</v>
+        <v>990</v>
       </c>
       <c r="B797" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="798" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A798" s="8" t="s">
-        <v>589</v>
+        <v>1241</v>
       </c>
       <c r="B798" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="799" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A799" s="8" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="B799" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="800" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A800" s="8" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="B800" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="801" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A801" s="8" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="B801" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="802" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A802" s="8" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="B802" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="803" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A803" s="8" t="s">
-        <v>976</v>
+        <v>592</v>
       </c>
       <c r="B803" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="804" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A804" s="8" t="s">
-        <v>594</v>
+        <v>975</v>
       </c>
       <c r="B804" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="805" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A805" s="8" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B805" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="806" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A806" s="8" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="B806" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="807" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A807" s="8" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="B807" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="808" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A808" s="8" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="B808" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="809" spans="1:2" ht="37" x14ac:dyDescent="0.45">
+    <row r="809" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A809" s="8" t="s">
-        <v>1195</v>
+        <v>597</v>
       </c>
       <c r="B809" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="810" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
+    <row r="810" spans="1:2" ht="37" x14ac:dyDescent="0.45">
       <c r="A810" s="8" t="s">
-        <v>599</v>
+        <v>1194</v>
       </c>
       <c r="B810" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="811" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A811" s="8" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="B811" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="812" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A812" s="8" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="B812" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="813" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A813" s="8" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="B813" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="814" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A814" s="8" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="B814" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="815" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A815" s="8" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B815" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="816" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A816" s="8" t="s">
-        <v>1017</v>
+        <v>603</v>
       </c>
       <c r="B816" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="817" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A817" s="8" t="s">
-        <v>605</v>
+        <v>1016</v>
       </c>
       <c r="B817" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="818" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A818" s="8" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="B818" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="819" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A819" s="8" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="B819" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="820" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A820" s="8" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="B820" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="821" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A821" s="8" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="B821" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="822" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A822" s="8" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="B822" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="823" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A823" s="8" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="B823" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="824" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A824" s="8" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="B824" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="825" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A825" s="8" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="B825" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="826" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A826" s="8" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="B826" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="827" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A827" s="8" t="s">
-        <v>943</v>
+        <v>613</v>
       </c>
       <c r="B827" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="828" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A828" s="8" t="s">
-        <v>1016</v>
+        <v>942</v>
       </c>
       <c r="B828" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="829" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A829" s="8" t="s">
-        <v>615</v>
+        <v>1015</v>
       </c>
       <c r="B829" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="830" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A830" s="8" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="B830" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="831" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A831" s="8" t="s">
-        <v>992</v>
+        <v>615</v>
       </c>
       <c r="B831" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="832" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A832" s="8" t="s">
-        <v>617</v>
+        <v>991</v>
       </c>
       <c r="B832" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="833" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A833" s="8" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="B833" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="834" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A834" s="8" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="B834" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="835" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A835" s="8" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="B835" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="836" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A836" s="8" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="B836" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="837" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A837" s="8" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="B837" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="838" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A838" s="8" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="B838" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="839" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A839" s="8" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="B839" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="840" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A840" s="8" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="B840" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="841" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A841" s="8" t="s">
-        <v>954</v>
+        <v>624</v>
       </c>
       <c r="B841" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="842" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A842" s="8" t="s">
-        <v>626</v>
+        <v>953</v>
       </c>
       <c r="B842" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="843" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A843" s="8" t="s">
-        <v>1061</v>
+        <v>625</v>
       </c>
       <c r="B843" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="844" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A844" s="8" t="s">
-        <v>627</v>
+        <v>1060</v>
       </c>
       <c r="B844" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="845" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A845" s="8" t="s">
-        <v>1037</v>
+        <v>626</v>
       </c>
       <c r="B845" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="846" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A846" s="8" t="s">
-        <v>628</v>
+        <v>1036</v>
       </c>
       <c r="B846" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="847" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A847" s="8" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="B847" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="848" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A848" s="8" t="s">
-        <v>944</v>
+        <v>628</v>
       </c>
       <c r="B848" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="849" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A849" s="8" t="s">
-        <v>630</v>
+        <v>943</v>
       </c>
       <c r="B849" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="850" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A850" s="8" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="B850" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="851" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A851" s="8" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="B851" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="852" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A852" s="8" t="s">
-        <v>1148</v>
+        <v>631</v>
       </c>
       <c r="B852" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="853" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A853" s="8" t="s">
-        <v>633</v>
+        <v>1147</v>
       </c>
       <c r="B853" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="854" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A854" s="8" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="B854" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="855" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A855" s="8" t="s">
-        <v>1091</v>
+        <v>633</v>
       </c>
       <c r="B855" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="856" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A856" s="8" t="s">
-        <v>635</v>
+        <v>1090</v>
       </c>
       <c r="B856" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="857" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A857" s="8" t="s">
-        <v>1106</v>
+        <v>634</v>
       </c>
       <c r="B857" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="858" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A858" s="8" t="s">
-        <v>636</v>
+        <v>1105</v>
       </c>
       <c r="B858" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="859" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A859" s="8" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="B859" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="860" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A860" s="8" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="B860" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="861" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A861" s="8" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="B861" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="862" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A862" s="8" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="B862" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="863" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A863" s="8" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="B863" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="864" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A864" s="8" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="B864" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="865" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A865" s="8" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="B865" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="866" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A866" s="8" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="B866" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="867" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A867" s="8" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="B867" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="868" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A868" s="8" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="B868" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="869" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A869" s="8" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="B869" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="870" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A870" s="8" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="B870" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="871" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A871" s="8" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="B871" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="872" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A872" s="8" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="B872" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="873" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A873" s="8" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="B873" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="874" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A874" s="8" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="B874" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="875" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A875" s="8" t="s">
-        <v>1196</v>
+        <v>651</v>
       </c>
       <c r="B875" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="876" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A876" s="8" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B876" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="877" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A877" s="8" t="s">
+        <v>652</v>
+      </c>
+      <c r="B877" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="878" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A878" s="7" t="s">
         <v>653</v>
-      </c>
-[...14 lines deleted...]
-        <v>655</v>
       </c>
       <c r="B878" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="879" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A879" s="8" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="B879" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="880" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A880" s="8" t="s">
-        <v>966</v>
+        <v>655</v>
       </c>
       <c r="B880" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="881" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A881" s="8" t="s">
-        <v>657</v>
+        <v>965</v>
       </c>
       <c r="B881" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="882" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A882" s="8" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="B882" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="883" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A883" s="8" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="B883" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="884" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A884" s="8" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="B884" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="885" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A885" s="8" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B885" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="886" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A886" s="8" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="B886" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="887" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A887" s="8" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="B887" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="888" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A888" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="B888" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="889" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A889" s="8" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="B889" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="890" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A890" s="8" t="s">
-        <v>1051</v>
+        <v>664</v>
       </c>
       <c r="B890" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="891" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A891" s="8" t="s">
-        <v>666</v>
+        <v>1050</v>
       </c>
       <c r="B891" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="892" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A892" s="8" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="B892" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="893" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A893" s="7" t="s">
-        <v>1213</v>
+      <c r="A893" s="8" t="s">
+        <v>666</v>
       </c>
       <c r="B893" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="894" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A894" s="8" t="s">
-        <v>668</v>
+      <c r="A894" s="7" t="s">
+        <v>1212</v>
       </c>
       <c r="B894" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="895" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A895" s="8" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="B895" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="896" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A896" s="8" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="B896" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="897" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A897" s="8" t="s">
-        <v>985</v>
+        <v>669</v>
       </c>
       <c r="B897" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="898" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A898" s="8" t="s">
-        <v>671</v>
+        <v>984</v>
       </c>
       <c r="B898" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="899" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A899" s="8" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="B899" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="900" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A900" s="8" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="B900" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="901" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A901" s="8" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="B901" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="902" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A902" s="8" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="B902" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="903" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A903" s="8" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="B903" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="904" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A904" s="8" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="B904" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="905" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A905" s="8" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="B905" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="906" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A906" s="8" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="B906" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="907" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A907" s="8" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="B907" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="908" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A908" s="8" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="B908" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="909" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A909" s="8" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="B909" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="910" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A910" s="8" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="B910" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="911" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A911" s="8" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="B911" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="912" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A912" s="8" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="B912" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="913" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A913" s="8" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="B913" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="914" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A914" s="8" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="B914" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="915" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A915" s="8" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="B915" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="916" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A916" s="8" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="B916" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="917" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A917" s="8" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="B917" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="918" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A918" s="8" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="B918" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="919" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A919" s="8" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="B919" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="920" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A920" s="8" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="B920" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="921" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A921" s="8" t="s">
-        <v>1027</v>
+        <v>692</v>
       </c>
       <c r="B921" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="922" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A922" s="8" t="s">
-        <v>694</v>
+        <v>1026</v>
       </c>
       <c r="B922" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="923" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A923" s="8" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="B923" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="924" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A924" s="8" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="B924" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="925" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A925" s="8" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="B925" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="926" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A926" s="8" t="s">
-        <v>1141</v>
+        <v>696</v>
       </c>
       <c r="B926" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="927" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A927" s="8" t="s">
-        <v>698</v>
+        <v>1140</v>
       </c>
       <c r="B927" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="928" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A928" s="8" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="B928" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="929" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A929" s="8" t="s">
-        <v>1197</v>
+        <v>698</v>
       </c>
       <c r="B929" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="930" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A930" s="8" t="s">
-        <v>700</v>
+        <v>1196</v>
       </c>
       <c r="B930" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="931" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A931" s="8" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="B931" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="932" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A932" s="8" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="B932" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="933" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A933" s="8" t="s">
-        <v>1140</v>
+        <v>701</v>
       </c>
       <c r="B933" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="934" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A934" s="8" t="s">
-        <v>703</v>
+        <v>1139</v>
       </c>
       <c r="B934" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="935" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A935" s="8" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="B935" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="936" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A936" s="8" t="s">
-        <v>1243</v>
+        <v>703</v>
       </c>
       <c r="B936" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="937" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A937" s="8" t="s">
-        <v>993</v>
+        <v>1242</v>
       </c>
       <c r="B937" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="938" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A938" s="8" t="s">
-        <v>1142</v>
+        <v>992</v>
       </c>
       <c r="B938" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="939" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A939" s="8" t="s">
-        <v>705</v>
+        <v>1141</v>
       </c>
       <c r="B939" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="940" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A940" s="8" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="B940" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="941" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A941" s="8" t="s">
-        <v>997</v>
+        <v>705</v>
       </c>
       <c r="B941" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="942" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A942" s="8" t="s">
-        <v>707</v>
+        <v>996</v>
       </c>
       <c r="B942" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="943" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A943" s="8" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
       <c r="B943" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="944" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A944" s="8" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="B944" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="945" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A945" s="8" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="B945" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="946" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A946" s="8" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="B946" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="947" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A947" s="8" t="s">
-        <v>1039</v>
+        <v>710</v>
       </c>
       <c r="B947" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="948" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A948" s="8" t="s">
-        <v>1198</v>
+        <v>1038</v>
       </c>
       <c r="B948" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="949" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A949" s="8" t="s">
-        <v>1125</v>
+        <v>1197</v>
       </c>
       <c r="B949" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="950" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A950" s="8" t="s">
-        <v>972</v>
+        <v>1124</v>
       </c>
       <c r="B950" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="951" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A951" s="8" t="s">
-        <v>1094</v>
+        <v>971</v>
       </c>
       <c r="B951" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="952" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A952" s="8" t="s">
-        <v>1139</v>
+        <v>1093</v>
       </c>
       <c r="B952" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="953" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A953" s="8" t="s">
-        <v>1055</v>
+        <v>1138</v>
       </c>
       <c r="B953" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="954" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A954" s="8" t="s">
-        <v>712</v>
+        <v>1054</v>
       </c>
       <c r="B954" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="955" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A955" s="8" t="s">
-        <v>984</v>
+        <v>711</v>
       </c>
       <c r="B955" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="956" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A956" s="8" t="s">
-        <v>964</v>
+        <v>983</v>
       </c>
       <c r="B956" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="957" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A957" s="8" t="s">
-        <v>713</v>
+        <v>963</v>
       </c>
       <c r="B957" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="958" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A958" s="8" t="s">
-        <v>1199</v>
+        <v>712</v>
       </c>
       <c r="B958" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="959" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A959" s="8" t="s">
-        <v>714</v>
+        <v>1198</v>
       </c>
       <c r="B959" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="960" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A960" s="8" t="s">
-        <v>1200</v>
+        <v>713</v>
       </c>
       <c r="B960" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="961" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A961" s="8" t="s">
-        <v>715</v>
+        <v>1199</v>
       </c>
       <c r="B961" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="962" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A962" s="8" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
       <c r="B962" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="963" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A963" s="8" t="s">
-        <v>1107</v>
+        <v>715</v>
       </c>
       <c r="B963" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="964" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A964" s="8" t="s">
-        <v>717</v>
+        <v>1106</v>
       </c>
       <c r="B964" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="965" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A965" s="8" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="B965" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="966" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A966" s="8" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="B966" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="967" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A967" s="8" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="B967" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="968" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A968" s="8" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="B968" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="969" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A969" s="8" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="B969" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="970" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A970" s="8" t="s">
-        <v>1034</v>
+        <v>721</v>
       </c>
       <c r="B970" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="971" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A971" s="8" t="s">
-        <v>723</v>
+        <v>1033</v>
       </c>
       <c r="B971" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="972" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A972" s="8" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="B972" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="973" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A973" s="8" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="B973" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="974" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A974" s="8" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="B974" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="975" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A975" s="8" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="B975" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="976" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A976" s="8" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="B976" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="977" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A977" s="8" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="B977" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="978" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A978" s="8" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="B978" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="979" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A979" s="9" t="s">
-        <v>1033</v>
+      <c r="A979" s="8" t="s">
+        <v>729</v>
       </c>
       <c r="B979" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="980" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A980" s="8" t="s">
-        <v>1047</v>
+      <c r="A980" s="9" t="s">
+        <v>1032</v>
       </c>
       <c r="B980" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="981" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A981" s="8" t="s">
-        <v>731</v>
+        <v>1046</v>
       </c>
       <c r="B981" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="982" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A982" s="8" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="B982" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="983" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A983" s="8" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="B983" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="984" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A984" s="8" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="B984" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="985" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A985" s="8" t="s">
-        <v>1053</v>
+        <v>733</v>
       </c>
       <c r="B985" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="986" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A986" s="8" t="s">
-        <v>735</v>
+        <v>1052</v>
       </c>
       <c r="B986" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="987" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A987" s="8" t="s">
-        <v>1046</v>
+        <v>734</v>
       </c>
       <c r="B987" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="988" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A988" s="8" t="s">
-        <v>736</v>
+        <v>1045</v>
       </c>
       <c r="B988" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="989" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A989" s="8" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="B989" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="990" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A990" s="8" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="B990" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="991" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A991" s="8" t="s">
-        <v>955</v>
+        <v>737</v>
       </c>
       <c r="B991" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="992" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A992" s="8" t="s">
-        <v>739</v>
+        <v>954</v>
       </c>
       <c r="B992" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="993" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A993" s="8" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="B993" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="994" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A994" s="8" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="B994" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="995" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A995" s="8" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="B995" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="996" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A996" s="8" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="B996" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="997" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A997" s="8" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="B997" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="998" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A998" s="8" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="B998" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="999" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A999" s="8" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="B999" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1000" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1000" s="8" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="B1000" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1001" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1001" s="8" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="B1001" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1002" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1002" s="8" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="B1002" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1003" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1003" s="8" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="B1003" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1004" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1004" s="8" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="B1004" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1005" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1005" s="8" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="B1005" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1006" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1006" s="8" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="B1006" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1007" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1007" s="8" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="B1007" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1008" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1008" s="8" t="s">
-        <v>981</v>
+        <v>753</v>
       </c>
       <c r="B1008" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1009" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1009" s="8" t="s">
-        <v>755</v>
+        <v>980</v>
       </c>
       <c r="B1009" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1010" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1010" s="8" t="s">
-        <v>1014</v>
+        <v>754</v>
       </c>
       <c r="B1010" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1011" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1011" s="8" t="s">
-        <v>1201</v>
+        <v>1013</v>
       </c>
       <c r="B1011" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1012" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1012" s="8" t="s">
-        <v>756</v>
+        <v>1200</v>
       </c>
       <c r="B1012" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1013" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1013" s="8" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="B1013" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1014" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1014" s="8" t="s">
-        <v>1071</v>
+        <v>756</v>
       </c>
       <c r="B1014" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1015" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1015" s="8" t="s">
-        <v>758</v>
+        <v>1070</v>
       </c>
       <c r="B1015" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1016" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1016" s="8" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="B1016" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1017" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1017" s="8" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="B1017" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1018" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1018" s="8" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="B1018" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1019" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1019" s="8" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="B1019" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1020" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1020" s="8" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="B1020" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1021" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1021" s="8" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="B1021" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1022" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1022" s="8" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="B1022" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1023" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1023" s="8" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="B1023" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1024" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1024" s="8" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="B1024" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1025" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1025" s="8" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="B1025" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1026" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1026" s="8" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="B1026" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1027" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1027" s="8" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="B1027" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1028" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1028" s="8" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="B1028" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1029" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1029" s="8" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="B1029" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1030" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1030" s="8" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="B1030" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1031" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1031" s="8" t="s">
-        <v>1064</v>
+        <v>772</v>
       </c>
       <c r="B1031" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1032" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1032" s="8" t="s">
-        <v>774</v>
+        <v>1063</v>
       </c>
       <c r="B1032" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1033" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1033" s="8" t="s">
-        <v>1082</v>
+        <v>773</v>
       </c>
       <c r="B1033" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1034" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1034" s="8" t="s">
-        <v>1133</v>
+        <v>1081</v>
       </c>
       <c r="B1034" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1035" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1035" s="8" t="s">
-        <v>775</v>
+        <v>1132</v>
       </c>
       <c r="B1035" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1036" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1036" s="8" t="s">
-        <v>1074</v>
+        <v>774</v>
       </c>
       <c r="B1036" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1037" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1037" s="8" t="s">
-        <v>1020</v>
+        <v>1073</v>
       </c>
       <c r="B1037" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1038" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1038" s="8" t="s">
-        <v>1100</v>
+        <v>1019</v>
       </c>
       <c r="B1038" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1039" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1039" s="8" t="s">
-        <v>776</v>
+        <v>1099</v>
       </c>
       <c r="B1039" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1040" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1040" s="8" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="B1040" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1041" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1041" s="8" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="B1041" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1042" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1042" s="8" t="s">
-        <v>1202</v>
+        <v>777</v>
       </c>
       <c r="B1042" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1043" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1043" s="8" t="s">
-        <v>779</v>
+        <v>1201</v>
       </c>
       <c r="B1043" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1044" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1044" s="8" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
       <c r="B1044" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1045" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1045" s="8" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="B1045" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1046" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1046" s="8" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="B1046" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1047" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1047" s="8" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="B1047" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1048" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1048" s="8" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="B1048" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1049" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1049" s="8" t="s">
-        <v>1136</v>
+        <v>783</v>
       </c>
       <c r="B1049" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1050" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1050" s="8" t="s">
-        <v>785</v>
+        <v>1135</v>
       </c>
       <c r="B1050" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1051" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1051" s="8" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="B1051" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1052" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1052" s="8" t="s">
-        <v>1203</v>
+        <v>785</v>
       </c>
       <c r="B1052" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1053" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1053" s="8" t="s">
-        <v>787</v>
+        <v>1202</v>
       </c>
       <c r="B1053" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1054" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1054" s="8" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="B1054" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1055" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1055" s="8" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="B1055" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1056" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1056" s="8" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="B1056" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1057" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1057" s="8" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="B1057" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1058" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1058" s="8" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="B1058" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1059" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1059" s="8" t="s">
-        <v>1204</v>
+        <v>791</v>
       </c>
       <c r="B1059" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1060" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1060" s="8" t="s">
-        <v>793</v>
+        <v>1203</v>
       </c>
       <c r="B1060" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1061" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1061" s="8" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="B1061" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1062" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1062" s="8" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="B1062" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1063" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1063" s="8" t="s">
-        <v>998</v>
+        <v>794</v>
       </c>
       <c r="B1063" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1064" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1064" s="8" t="s">
-        <v>796</v>
+        <v>997</v>
       </c>
       <c r="B1064" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1065" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1065" s="8" t="s">
-        <v>1021</v>
+        <v>795</v>
       </c>
       <c r="B1065" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1066" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1066" s="8" t="s">
-        <v>956</v>
+        <v>1020</v>
       </c>
       <c r="B1066" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1067" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1067" s="8" t="s">
-        <v>797</v>
+        <v>955</v>
       </c>
       <c r="B1067" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1068" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1068" s="8" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="B1068" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1069" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1069" s="8" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="B1069" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1070" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1070" s="8" t="s">
-        <v>957</v>
+        <v>798</v>
       </c>
       <c r="B1070" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1071" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1071" s="8" t="s">
-        <v>999</v>
+        <v>956</v>
       </c>
       <c r="B1071" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1072" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1072" s="8" t="s">
-        <v>1098</v>
+        <v>998</v>
       </c>
       <c r="B1072" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1073" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1073" s="8" t="s">
-        <v>800</v>
+        <v>1097</v>
       </c>
       <c r="B1073" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1074" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1074" s="8" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="B1074" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1075" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1075" s="8" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="B1075" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1076" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1076" s="8" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="B1076" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1077" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1077" s="8" t="s">
-        <v>1205</v>
+        <v>802</v>
       </c>
       <c r="B1077" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1078" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1078" s="8" t="s">
-        <v>804</v>
+        <v>1204</v>
       </c>
       <c r="B1078" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1079" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1079" s="8" t="s">
-        <v>1031</v>
+        <v>803</v>
       </c>
       <c r="B1079" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1080" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1080" s="8" t="s">
-        <v>805</v>
+        <v>1030</v>
       </c>
       <c r="B1080" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1081" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1081" s="8" t="s">
-        <v>1124</v>
+        <v>804</v>
       </c>
       <c r="B1081" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1082" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1082" s="8" t="s">
-        <v>806</v>
+        <v>1123</v>
       </c>
       <c r="B1082" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1083" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1083" s="8" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="B1083" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1084" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1084" s="8" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="B1084" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1085" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1085" s="8" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="B1085" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1086" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1086" s="8" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="B1086" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1087" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1087" s="8" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
       <c r="B1087" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1088" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1088" s="8" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="B1088" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1089" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1089" s="8" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="B1089" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1090" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1090" s="8" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="B1090" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1091" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1091" s="8" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
       <c r="B1091" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1092" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1092" s="8" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
       <c r="B1092" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1093" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1093" s="8" t="s">
-        <v>979</v>
+        <v>815</v>
       </c>
       <c r="B1093" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1094" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1094" s="8" t="s">
-        <v>817</v>
+        <v>978</v>
       </c>
       <c r="B1094" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1095" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1095" s="8" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="B1095" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1096" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1096" s="8" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="B1096" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1097" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1097" s="8" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="B1097" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1098" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1098" s="8" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="B1098" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1099" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1099" s="8" t="s">
-        <v>958</v>
+        <v>820</v>
       </c>
       <c r="B1099" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1100" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1100" s="8" t="s">
-        <v>822</v>
+        <v>957</v>
       </c>
       <c r="B1100" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1101" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1101" s="8" t="s">
-        <v>1206</v>
+        <v>821</v>
       </c>
       <c r="B1101" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1102" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1102" s="8" t="s">
-        <v>823</v>
+        <v>1205</v>
       </c>
       <c r="B1102" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1103" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1103" s="8" t="s">
-        <v>1115</v>
+        <v>822</v>
       </c>
       <c r="B1103" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1104" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1104" s="8" t="s">
-        <v>824</v>
+        <v>1114</v>
       </c>
       <c r="B1104" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1105" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1105" s="8" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="B1105" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1106" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1106" s="8" t="s">
-        <v>1137</v>
+        <v>824</v>
       </c>
       <c r="B1106" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1107" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1107" s="8" t="s">
-        <v>826</v>
+        <v>1136</v>
       </c>
       <c r="B1107" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1108" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1108" s="8" t="s">
-        <v>827</v>
+        <v>825</v>
       </c>
       <c r="B1108" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1109" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1109" s="8" t="s">
-        <v>974</v>
+        <v>826</v>
       </c>
       <c r="B1109" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1110" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1110" s="8" t="s">
-        <v>828</v>
+        <v>973</v>
       </c>
       <c r="B1110" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1111" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1111" s="8" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="B1111" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1112" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1112" s="8" t="s">
-        <v>830</v>
+        <v>828</v>
       </c>
       <c r="B1112" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1113" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1113" s="8" t="s">
-        <v>831</v>
+        <v>829</v>
       </c>
       <c r="B1113" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1114" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A1114" s="11" t="s">
-        <v>1075</v>
+      <c r="A1114" s="8" t="s">
+        <v>830</v>
       </c>
       <c r="B1114" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1115" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A1115" s="12" t="s">
-        <v>832</v>
+      <c r="A1115" s="11" t="s">
+        <v>1074</v>
       </c>
       <c r="B1115" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1116" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1116" s="12" t="s">
-        <v>833</v>
+        <v>831</v>
       </c>
       <c r="B1116" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1117" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1117" s="12" t="s">
-        <v>1103</v>
+        <v>832</v>
       </c>
       <c r="B1117" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1118" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1118" s="12" t="s">
-        <v>834</v>
+        <v>1102</v>
       </c>
       <c r="B1118" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1119" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1119" s="12" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="B1119" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1120" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1120" s="12" t="s">
-        <v>1083</v>
+        <v>834</v>
       </c>
       <c r="B1120" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1121" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1121" s="12" t="s">
-        <v>1207</v>
+        <v>1082</v>
       </c>
       <c r="B1121" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1122" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1122" s="12" t="s">
-        <v>836</v>
+        <v>1206</v>
       </c>
       <c r="B1122" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1123" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1123" s="12" t="s">
-        <v>1043</v>
+        <v>835</v>
       </c>
       <c r="B1123" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1124" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1124" s="12" t="s">
-        <v>837</v>
+        <v>1042</v>
       </c>
       <c r="B1124" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1125" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1125" s="12" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="B1125" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1126" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1126" s="12" t="s">
-        <v>975</v>
+        <v>837</v>
       </c>
       <c r="B1126" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1127" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1127" s="12" t="s">
-        <v>1102</v>
+        <v>974</v>
       </c>
       <c r="B1127" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1128" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1128" s="12" t="s">
-        <v>839</v>
+        <v>1101</v>
       </c>
       <c r="B1128" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1129" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1129" s="12" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="B1129" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1130" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1130" s="12" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="B1130" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1131" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1131" s="12" t="s">
-        <v>1030</v>
+        <v>840</v>
       </c>
       <c r="B1131" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1132" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1132" s="12" t="s">
-        <v>842</v>
+        <v>1029</v>
       </c>
       <c r="B1132" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1133" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1133" s="12" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="B1133" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1134" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1134" s="12" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="B1134" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1135" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1135" s="12" t="s">
-        <v>1011</v>
+        <v>843</v>
       </c>
       <c r="B1135" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1136" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1136" s="12" t="s">
-        <v>845</v>
+        <v>1010</v>
       </c>
       <c r="B1136" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1137" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1137" s="12" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="B1137" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1138" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1138" s="12" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="B1138" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1139" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1139" s="12" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="B1139" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1140" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1140" s="12" t="s">
-        <v>1111</v>
+        <v>847</v>
       </c>
       <c r="B1140" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1141" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1141" s="12" t="s">
-        <v>849</v>
+        <v>1110</v>
       </c>
       <c r="B1141" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1142" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1142" s="12" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="B1142" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1143" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1143" s="12" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="B1143" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1144" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1144" s="12" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="B1144" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1145" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1145" s="12" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="B1145" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1146" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1146" s="12" t="s">
-        <v>1244</v>
+        <v>852</v>
       </c>
       <c r="B1146" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1147" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1147" s="12" t="s">
-        <v>854</v>
+        <v>1243</v>
       </c>
       <c r="B1147" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1148" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1148" s="12" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="B1148" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1149" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1149" s="12" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
       <c r="B1149" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1150" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1150" s="12" t="s">
-        <v>857</v>
+        <v>855</v>
       </c>
       <c r="B1150" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1151" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1151" s="12" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="B1151" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1152" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1152" s="12" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="B1152" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1153" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1153" s="12" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="B1153" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1154" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1154" s="12" t="s">
-        <v>1087</v>
+        <v>859</v>
       </c>
       <c r="B1154" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1155" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1155" s="12" t="s">
-        <v>861</v>
+        <v>1086</v>
       </c>
       <c r="B1155" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1156" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1156" s="12" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
       <c r="B1156" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1157" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1157" s="12" t="s">
-        <v>863</v>
+        <v>861</v>
       </c>
       <c r="B1157" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1158" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1158" s="12" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="B1158" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1159" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1159" s="12" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="B1159" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1160" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1160" s="12" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="B1160" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1161" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1161" s="12" t="s">
-        <v>867</v>
+        <v>865</v>
       </c>
       <c r="B1161" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1162" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1162" s="12" t="s">
-        <v>968</v>
+        <v>866</v>
       </c>
       <c r="B1162" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1163" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1163" s="12" t="s">
-        <v>868</v>
+        <v>967</v>
       </c>
       <c r="B1163" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1164" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1164" s="12" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
       <c r="B1164" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1165" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1165" s="12" t="s">
-        <v>870</v>
+        <v>868</v>
       </c>
       <c r="B1165" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1166" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1166" s="12" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="B1166" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1167" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1167" s="12" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="B1167" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1168" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1168" s="12" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="B1168" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1169" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1169" s="12" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B1169" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1170" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1170" s="12" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
       <c r="B1170" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1171" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1171" s="12" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="B1171" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1172" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1172" s="12" t="s">
-        <v>877</v>
+        <v>875</v>
       </c>
       <c r="B1172" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1173" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1173" s="12" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="B1173" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1174" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1174" s="12" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="B1174" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1175" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1175" s="12" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="B1175" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1176" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1176" s="12" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="B1176" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1177" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1177" s="12" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="B1177" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1178" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1178" s="12" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="B1178" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1179" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1179" s="12" t="s">
-        <v>1129</v>
+        <v>882</v>
       </c>
       <c r="B1179" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1180" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1180" s="12" t="s">
-        <v>884</v>
+        <v>1128</v>
       </c>
       <c r="B1180" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1181" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1181" s="12" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="B1181" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1182" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1182" s="12" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
       <c r="B1182" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1183" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1183" s="12" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="B1183" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1184" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1184" s="12" t="s">
-        <v>990</v>
+        <v>886</v>
       </c>
       <c r="B1184" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1185" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1185" s="12" t="s">
-        <v>888</v>
+        <v>989</v>
       </c>
       <c r="B1185" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1186" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1186" s="12" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="B1186" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1187" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1187" s="12" t="s">
-        <v>890</v>
+        <v>888</v>
       </c>
       <c r="B1187" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1188" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1188" s="12" t="s">
-        <v>1000</v>
+        <v>889</v>
       </c>
       <c r="B1188" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1189" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1189" s="12" t="s">
-        <v>891</v>
+        <v>999</v>
       </c>
       <c r="B1189" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1190" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1190" s="12" t="s">
-        <v>983</v>
+        <v>890</v>
       </c>
       <c r="B1190" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1191" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1191" s="12" t="s">
-        <v>892</v>
+        <v>982</v>
       </c>
       <c r="B1191" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1192" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1192" s="12" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="B1192" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1193" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1193" s="12" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="B1193" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1194" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1194" s="12" t="s">
-        <v>895</v>
+        <v>893</v>
       </c>
       <c r="B1194" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1195" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1195" s="12" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="B1195" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1196" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1196" s="12" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="B1196" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1197" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1197" s="12" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="B1197" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1198" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1198" s="12" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="B1198" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1199" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1199" s="12" t="s">
-        <v>900</v>
+        <v>898</v>
       </c>
       <c r="B1199" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1200" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1200" s="12" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="B1200" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1201" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1201" s="12" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="B1201" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1202" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1202" s="12" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="B1202" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1203" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1203" s="12" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="B1203" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1204" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1204" s="12" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="B1204" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1205" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1205" s="12" t="s">
-        <v>945</v>
+        <v>904</v>
       </c>
       <c r="B1205" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1206" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1206" s="12" t="s">
-        <v>959</v>
+        <v>944</v>
       </c>
       <c r="B1206" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1207" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1207" s="12" t="s">
-        <v>906</v>
+        <v>958</v>
       </c>
       <c r="B1207" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1208" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1208" s="12" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="B1208" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1209" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1209" s="12" t="s">
-        <v>1208</v>
+        <v>906</v>
       </c>
       <c r="B1209" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1210" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1210" s="12" t="s">
-        <v>908</v>
+        <v>1207</v>
       </c>
       <c r="B1210" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1211" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1211" s="12" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="B1211" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1212" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1212" s="12" t="s">
-        <v>1073</v>
+        <v>908</v>
       </c>
       <c r="B1212" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1213" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1213" s="12" t="s">
-        <v>1038</v>
+        <v>1072</v>
       </c>
       <c r="B1213" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1214" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1214" s="12" t="s">
-        <v>910</v>
+        <v>1037</v>
       </c>
       <c r="B1214" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1215" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1215" s="12" t="s">
-        <v>1209</v>
+        <v>909</v>
       </c>
       <c r="B1215" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1216" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1216" s="12" t="s">
-        <v>1245</v>
+        <v>1208</v>
       </c>
       <c r="B1216" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1217" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1217" s="12" t="s">
-        <v>1246</v>
+        <v>1244</v>
       </c>
       <c r="B1217" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1218" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1218" s="12" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="B1218" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1219" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1219" s="12" t="s">
-        <v>1018</v>
+        <v>1246</v>
       </c>
       <c r="B1219" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1220" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1220" s="12" t="s">
-        <v>911</v>
+        <v>1017</v>
       </c>
       <c r="B1220" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1221" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1221" s="12" t="s">
-        <v>912</v>
+        <v>910</v>
       </c>
       <c r="B1221" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1222" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1222" s="12" t="s">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="B1222" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1223" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1223" s="12" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="B1223" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1224" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1224" s="12" t="s">
-        <v>1110</v>
+        <v>913</v>
       </c>
       <c r="B1224" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1225" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1225" s="12" t="s">
-        <v>915</v>
+        <v>1109</v>
       </c>
       <c r="B1225" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1226" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1226" s="12" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="B1226" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1227" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1227" s="12" t="s">
-        <v>969</v>
+        <v>915</v>
       </c>
       <c r="B1227" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1228" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1228" s="12" t="s">
-        <v>1093</v>
+        <v>968</v>
       </c>
       <c r="B1228" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1229" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1229" s="12" t="s">
-        <v>917</v>
+        <v>1092</v>
       </c>
       <c r="B1229" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1230" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1230" s="12" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="B1230" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1231" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1231" s="12" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="B1231" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1232" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1232" s="12" t="s">
-        <v>1132</v>
+        <v>918</v>
       </c>
       <c r="B1232" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1233" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1233" s="12" t="s">
-        <v>960</v>
+        <v>1131</v>
       </c>
       <c r="B1233" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1234" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1234" s="12" t="s">
-        <v>920</v>
+        <v>959</v>
       </c>
       <c r="B1234" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1235" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1235" s="12" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B1235" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1236" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1236" s="12" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="B1236" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1237" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1237" s="12" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="B1237" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1238" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1238" s="12" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="B1238" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1239" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1239" s="12" t="s">
-        <v>925</v>
+        <v>923</v>
       </c>
       <c r="B1239" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1240" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1240" s="12" t="s">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="B1240" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1241" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1241" s="12" t="s">
-        <v>1127</v>
+        <v>925</v>
       </c>
       <c r="B1241" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1242" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1242" s="12" t="s">
-        <v>927</v>
+        <v>1126</v>
       </c>
       <c r="B1242" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1243" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1243" s="12" t="s">
-        <v>1089</v>
+        <v>926</v>
       </c>
       <c r="B1243" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1244" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1244" s="12" t="s">
-        <v>928</v>
+        <v>1088</v>
       </c>
       <c r="B1244" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1245" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1245" s="12" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="B1245" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1246" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1246" s="12" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="B1246" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1247" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1247" s="12" t="s">
-        <v>1049</v>
+        <v>929</v>
       </c>
       <c r="B1247" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1248" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A1248" s="13" t="s">
+      <c r="A1248" s="12" t="s">
         <v>1048</v>
       </c>
       <c r="B1248" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1249" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1249" s="13" t="s">
-        <v>1119</v>
+        <v>1047</v>
       </c>
       <c r="B1249" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1250" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1250" s="13" t="s">
-        <v>1248</v>
+        <v>1118</v>
       </c>
       <c r="B1250" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1251" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A1251" s="14" t="s">
-        <v>973</v>
+      <c r="A1251" s="13" t="s">
+        <v>1247</v>
       </c>
       <c r="B1251" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1252" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A1252" s="15" t="s">
-[...4 lines deleted...]
-    <row r="1253" spans="1:2" x14ac:dyDescent="0.35"/>
+      <c r="A1252" s="14" t="s">
+        <v>972</v>
+      </c>
+      <c r="B1252" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:2" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A1253" s="15" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B1253" s="3"/>
+    </row>
+    <row r="1254" spans="1:2" x14ac:dyDescent="0.35"/>
+    <row r="1255" spans="1:2" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
-  <conditionalFormatting sqref="A1129">
+  <conditionalFormatting sqref="A1130">
     <cfRule type="duplicateValues" dxfId="0" priority="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="0a1106df-158c-4a2a-afef-40ec6d9e622a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EA28CC657FAB4C46B3EEBB34FCB7FB27" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="633fc1560101f2848f18fd1614b83436">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="0a1106df-158c-4a2a-afef-40ec6d9e622a" xmlns:ns4="bbbddd47-562d-41ce-a675-d1d5da161e6d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7626115cde4aca385dae9e8c957c996e" ns3:_="" ns4:_="">
     <xsd:import namespace="0a1106df-158c-4a2a-afef-40ec6d9e622a"/>
     <xsd:import namespace="bbbddd47-562d-41ce-a675-d1d5da161e6d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
@@ -14752,70 +14764,70 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CC0452A-724C-4E71-BE4F-D0BD449CA08B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8BF95CE-5855-498E-9A1A-D7F2AB8E9E2D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="0a1106df-158c-4a2a-afef-40ec6d9e622a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="bbbddd47-562d-41ce-a675-d1d5da161e6d"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E65C10A6-4E12-4B7C-8698-33DE3585D561}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0a1106df-158c-4a2a-afef-40ec6d9e622a"/>
     <ds:schemaRef ds:uri="bbbddd47-562d-41ce-a675-d1d5da161e6d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">